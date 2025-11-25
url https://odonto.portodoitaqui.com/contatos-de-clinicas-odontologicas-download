--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -107,629 +107,592 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>MÔNICA MARLETTI ALMEIDA E CIA LTDA</t>
+          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
-          <t>MÔNICA MARLETTI ALMEIDA E CIA LTDA</t>
+          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
-          <t>(98)3227-1335</t>
+          <t>(98)3235-4402</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
-          <t>2025-11-07 09:31:14</t>
+          <t>2025-12-26 15:03:05</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Av. do Vale, Q 23, L 09,Ed. Carrara </t>
+          <t>Rua prof. Luis Pinho Rodrigues, sala 210</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
-          <t>monicamarletti@gmail.com</t>
+          <t>analuciatercas@gmail.com</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
-          <t>Clínica Geral, Periodontia, Protese, Dentistica e Ortodontia</t>
+          <t>Clínica Geral,Endodontia, Implantodontia, Tratamento Protético Restaurador e Tratamento Preventivo.</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
+          <t>ANNA KARINA MENDES TORRES</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
+          <t>ANNA KARINA MENDES TORRES</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>(98)3235-4402</t>
+          <t>(98)9141-1929</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-26 15:03:05</t>
+          <t>2026-10-10 16:27:25</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Rua prof. Luis Pinho Rodrigues, sala 210</t>
+          <t>AV COLARES MOREIRA,   </t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>analuciatercas@gmail.com</t>
+          <t>anna_karinat@yahoo.com.br</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Clínica Geral,Endodontia, Implantodontia, Tratamento Protético Restaurador e Tratamento Preventivo.</t>
+          <t>Prevenção, dentistica , clareamento, endodontia (canal)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>ISABELLA IMBROISI GOULART</t>
+          <t>SOUZA E FARAH LTDA</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>ISABELLA IMBROISI GOULART</t>
+          <t>SOUZA E FARAH</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>(98)9100-4432</t>
+          <t>(98)3015-3000</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>2025-10-30 16:56:43</t>
+          <t>2026-05-30 10:54:39</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>R Queops, 12 - Qd 22 - Sl 206</t>
+          <t>RUA CANADA - CALHAU </t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>isabella_imbroisi@yahoo.com.br</t>
+          <t>migueleliasfilho@gmail.com</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>Clínica Geral, odontopediatria e Ortodontia</t>
+          <t>ESPECIALIDADES - ORTODONTIA, PROTESE E IMPANTE!</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>SOUZA E FARAH LTDA</t>
+          <t>M &amp; R TEIXEIRA ODONTOLOGIA INTEGRADA LTDA</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>SOUZA E FARAH</t>
+          <t>M &amp; R TEIXEIRA ODONTOLOGIA INTEGRADA LTDA</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>(98)3015-3000</t>
+          <t>(98)3227-0469</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>2026-05-30 10:54:39</t>
+          <t>2026-09-11 11:03:07</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>RUA CANADA - CALHAU </t>
+          <t>COLARES MOREIRA,  EDIFICIO BUSSINES CNTER</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>migueleliasfilho@gmail.com</t>
+          <t>mrtodonto@gmail.com</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>ESPECIALIDADES - ORTODONTIA, PROTESE E IMPANTE!</t>
+          <t>Ortodontia, Diagnóstica, Prevenção e Dentística, Prótese, Implante, Cirurgia
+Endodontia, Periodontia, e Prevenção.</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>M &amp; R TEIXEIRA ODONTOLOGIA INTEGRADA LTDA</t>
+          <t>C.M.J DE S ARAUJO ODONTOLOGIA</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>M &amp; R TEIXEIRA ODONTOLOGIA INTEGRADA LTDA</t>
+          <t>CRISTIANE ARAUJO</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>(98)3227-0469</t>
+          <t>(98)8114-9336</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>2026-09-11 11:03:07</t>
+          <t>2026-06-12 10:47:05</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>COLARES MOREIRA,  EDIFICIO BUSSINES CNTER</t>
+          <t>AV GRANDE ORIENTE</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
-          <t>mrtodonto@gmail.com</t>
-[...7 lines deleted...]
-      </c>
+          <t>dracristianearaujo@gmail.com</t>
+        </is>
+      </c>
+      <c r="G5" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>C.M.J DE S ARAUJO ODONTOLOGIA</t>
+          <t>ORA ODONTOLOGIA LTDA</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>CRISTIANE ARAUJO</t>
+          <t>ORA ODONTOLOGIA LTDA</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>(98)8114-9336</t>
+          <t>(98)8145-8281</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>2026-06-12 10:47:05</t>
+          <t>2026-08-04 14:14:14</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>AV GRANDE ORIENTE</t>
+          <t>Av. Holandeses, Ed. Marcus Barbosa Intel,</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
-          <t>dracristianearaujo@gmail.com</t>
-[...2 lines deleted...]
-      <c r="G6" s="0"/>
+          <t>contato@oraodonto.com.br</t>
+        </is>
+      </c>
+      <c r="G6" s="0" t="inlineStr">
+        <is>
+          <t>CLINICA GERAL, DENTISTICA, CIRURGIA, ORTODONTIA, ODONTOPEDIATRIA, PERIODONTIA, IMPLANTE E PERÍCIA.</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>ORA ODONTOLOGIA LTDA</t>
+          <t>PS DE ALENCAR ODONTOLOGIA</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>ORA ODONTOLOGIA LTDA</t>
+          <t>PALOMA ALENCAR ODONTOLOGIA</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>(98)8145-8281</t>
+          <t>(98)9244-3888</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>2026-08-04 14:14:14</t>
+          <t>2025-11-29 10:21:58</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>Av. Holandeses, Ed. Marcus Barbosa Intel,</t>
+          <t>Avenida Daniel De La Touche</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
-          <t>contato@oraodonto.com.br</t>
+          <t>psaodontologia@gmail.com</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>CLINICA GERAL, DENTISTICA, CIRURGIA, ORTODONTIA, ODONTOPEDIATRIA, PERIODONTIA, IMPLANTE E PERÍCIA.</t>
+          <t>Clínica geral, Ortodontia, Implante, Prótese, Dentística, Cirurgia</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>PS DE ALENCAR ODONTOLOGIA</t>
+          <t>M DE FATIMA RABELO F DE SOUZA</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>PALOMA ALENCAR ODONTOLOGIA</t>
+          <t>Maria de Fatima Rabelo - PERITA</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>(98)9244-3888</t>
+          <t>(98)8339-6076</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>2025-11-29 10:21:58</t>
+          <t>2025-12-19 16:40:30</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Avenida Daniel De La Touche</t>
+          <t>Avenida Colares Moreira</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>psaodontologia@gmail.com</t>
+          <t>fatimarabelo.odonto@hotmail.com</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>Clínica geral, Ortodontia, Implante, Prótese, Dentística, Cirurgia</t>
+          <t>PERITA</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>M DE FATIMA RABELO F DE SOUZA</t>
+          <t>M.M.S. ODONTO LTDA</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>Maria de Fatima Rabelo - PERITA</t>
+          <t>Facial Concept</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>(98)8339-6076</t>
+          <t>(98)9166-2010</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>2025-12-19 16:40:30</t>
+          <t>2026-03-25 09:21:31</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>Avenida Colares Moreira</t>
+          <t>Rua das Gaivotas, nº 23, sala 03</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
-          <t>fatimarabelo.odonto@hotmail.com</t>
+          <t>mmlodonto@hotmail.com</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
-        <is>
-[...35 lines deleted...]
-      <c r="G10" s="0" t="inlineStr">
         <is>
           <t>CLINICO GERAL,
 CIRURGIA,
 DENTISTICA,
 ENDODONTIA,
 IMPLANTODONTIA, 
 ODONTOPEDIATRIA,
 ORTODONTIA
 PACIENTES COM NECESSIDADES ESPECIAIS, 
 PERIODONTIA,
 PROTESE</t>
         </is>
       </c>
     </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="0" t="inlineStr">
+        <is>
+          <t>CLINICA ODONTOLOGICA TEIXEIRA LTDA</t>
+        </is>
+      </c>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>Valeria Maria Costa Teixeira Maluf</t>
+        </is>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>(98)8154-1605</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-10 09:33:10</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t>Avenida Coronel Colares Moreira Q 32 SL 324</t>
+        </is>
+      </c>
+      <c r="F10" s="0" t="inlineStr">
+        <is>
+          <t>clinicateixeira23@gmail.com</t>
+        </is>
+      </c>
+      <c r="G10" s="0" t="inlineStr">
+        <is>
+          <t>ODONTOPEDIATRIA</t>
+        </is>
+      </c>
+    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>CLINICA ODONTOLOGICA TEIXEIRA LTDA</t>
+          <t>BUCOBENSON SERVICOS ODONTOLOGICOS LTDA</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Valeria Maria Costa Teixeira Maluf</t>
+          <t>BUCOBENSON SERVICOS ODONTOLOGICOS </t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>(98)8154-1605</t>
+          <t>(98)9211-9528</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>2026-04-10 09:33:10</t>
+          <t>2026-04-01 14:02:19</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>Avenida Coronel Colares Moreira Q 32 SL 324</t>
+          <t>AV dos Holandeses,Ed. Marcus Barbosa Intelligent</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
-          <t>clinicateixeira23@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>odontoobenson@hotmail.com</t>
+        </is>
+      </c>
+      <c r="G11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>BUCOBENSON SERVICOS ODONTOLOGICOS LTDA</t>
+          <t>FREITAS SILVA SERVIÇOS ODONTOLÓGICOS LTDA</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>BUCOBENSON SERVICOS ODONTOLOGICOS </t>
-[...6 lines deleted...]
-      </c>
+          <t>Bioface</t>
+        </is>
+      </c>
+      <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>2026-04-01 14:02:19</t>
+          <t>2026-05-09 11:48:48</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>AV dos Holandeses,Ed. Marcus Barbosa Intelligent</t>
-[...6 lines deleted...]
-      </c>
+          <t>Estrada Ribamar</t>
+        </is>
+      </c>
+      <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>FREITAS SILVA SERVIÇOS ODONTOLÓGICOS LTDA</t>
+          <t>M P ODONTOLOGIA EIRELI MATRIZ</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>Bioface</t>
-[...2 lines deleted...]
-      <c r="C13" s="0"/>
+          <t>ODONTOFACIL MATRIZ</t>
+        </is>
+      </c>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>(98)9113-3390</t>
+        </is>
+      </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>2026-05-09 11:48:48</t>
+          <t>2026-07-02 09:43:41</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>Estrada Ribamar</t>
-[...2 lines deleted...]
-      <c r="F13" s="0"/>
+          <t>Avenida Daniel De La Touche</t>
+        </is>
+      </c>
+      <c r="F13" s="0" t="inlineStr">
+        <is>
+          <t>odontofacilslz@gmail.com</t>
+        </is>
+      </c>
       <c r="G13" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>M P ODONTOLOGIA EIRELI MATRIZ</t>
+          <t>BUCALLE ODONTOLOGIA E HARMONIZAÇÃO</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>ODONTOFACIL MATRIZ</t>
+          <t>Clinica Bucalle</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>(98)9113-3390</t>
+          <t>(98)8468-0927</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>2026-07-02 09:43:41</t>
+          <t>2026-07-14 16:40:47</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>Avenida Daniel De La Touche</t>
+          <t>Avenida São Luís Rei de França</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
-          <t>odontofacilslz@gmail.com</t>
+          <t>clinicabucalle@gmail.com</t>
         </is>
       </c>
       <c r="G14" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>BUCALLE ODONTOLOGIA E HARMONIZAÇÃO</t>
+          <t>RM Odontologia Estética </t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>Clinica Bucalle</t>
+          <t>RM ODONTOLOGIA ESTETICA</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>(98)8468-0927</t>
+          <t>(98)9905-4227</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>2026-07-14 16:40:47</t>
+          <t>2026-08-19 10:51:46</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Avenida São Luís Rei de França</t>
+          <t>Avenida dos Holandeses</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
-          <t>clinicabucalle@gmail.com</t>
-[...31 lines deleted...]
-        <is>
           <t>rm.odontologiaestetica323@gmail.com</t>
         </is>
       </c>
-      <c r="G16" s="0" t="inlineStr">
+      <c r="G15" s="0" t="inlineStr">
         <is>
           <t>¿ Procedimentos: CLINICA GERAL - PRÓTESE DENTÁRIA - DENTÍSTICA RESTAURADORA - LASERTERAPIA - PERIODONTIA - PATOLOGIA - IMPLANTODONTIA - ODONTOPEDIATRA
 </t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>