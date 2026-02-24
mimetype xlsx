--- v1 (2025-11-25)
+++ v2 (2026-02-24)
@@ -107,592 +107,786 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G15"/>
+  <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
+          <t>MÔNICA MARLETTI ALMEIDA E CIA LTDA</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
-          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
+          <t>MÔNICA MARLETTI ALMEIDA E CIA LTDA</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
-          <t>(98)3235-4402</t>
+          <t>(98)3227-1335</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
-          <t>2025-12-26 15:03:05</t>
+          <t>2026-12-09 09:52:17</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Rua prof. Luis Pinho Rodrigues, sala 210</t>
+          <t>Av. do Vale, Q 23, L 09,Ed. Carrara </t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
-          <t>analuciatercas@gmail.com</t>
+          <t>monicamarletti@gmail.com</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
-          <t>Clínica Geral,Endodontia, Implantodontia, Tratamento Protético Restaurador e Tratamento Preventivo.</t>
+          <t>Clínica Geral, Periodontia, Protese, Dentistica e Ortodontia</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>ANNA KARINA MENDES TORRES</t>
+          <t>CLINICA SAÚDE ODONTO-ME</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>ANNA KARINA MENDES TORRES</t>
+          <t>SAÚDE ODONTO-ME</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>(98)9141-1929</t>
+          <t>(98)3083-0933</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>2026-10-10 16:27:25</t>
+          <t>2026-11-19 08:44:41</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>AV COLARES MOREIRA,   </t>
+          <t>Av. Colares Moreira, 444</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>anna_karinat@yahoo.com.br</t>
+          <t>marcio_cavassana@yahoo.com.br</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Prevenção, dentistica , clareamento, endodontia (canal)</t>
+          <t>Clínica Geral, Dentística, Endodontia, Prótese, Periodontia, Ortodontia, Cirurgia, Odontopediatria e Estética </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>SOUZA E FARAH LTDA</t>
+          <t>R C TRAVINCAS LTDA</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>SOUZA E FARAH</t>
+          <t>DR. RENATO TRAVINCAS</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>(98)3015-3000</t>
+          <t>(98)9911-4844</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>2026-05-30 10:54:39</t>
+          <t>2026-11-26 09:44:49</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>RUA CANADA - CALHAU </t>
+          <t>Edificio Monumental sala 124B</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>migueleliasfilho@gmail.com</t>
+          <t>dr_travincas@outlook.com</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>ESPECIALIDADES - ORTODONTIA, PROTESE E IMPANTE!</t>
+          <t>CLINICA GERAL,
+DENTISTICA,
+IMPLANTE E 
+PROTESE DENTARIA
+</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
+          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
+        </is>
+      </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>ESTUDIO DE ODONTOLOGIA AVANÇADA - ANA LUCIA TERÇAS</t>
+        </is>
+      </c>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>(98)3235-4402</t>
+        </is>
+      </c>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-30 09:04:32</t>
+        </is>
+      </c>
+      <c r="E4" s="0" t="inlineStr">
+        <is>
+          <t>Rua prof. Luis Pinho Rodrigues, sala 210</t>
+        </is>
+      </c>
+      <c r="F4" s="0" t="inlineStr">
+        <is>
+          <t>analuciatercas@gmail.com</t>
+        </is>
+      </c>
+      <c r="G4" s="0" t="inlineStr">
+        <is>
+          <t>Clínica Geral,Endodontia, Implantodontia, Tratamento Protético Restaurador e Tratamento Preventivo.</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>ISABELLA IMBROISI GOULART</t>
+        </is>
+      </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>ISABELLA IMBROISI GOULART</t>
+        </is>
+      </c>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>(98)9100-4432</t>
+        </is>
+      </c>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26 10:05:27</t>
+        </is>
+      </c>
+      <c r="E5" s="0" t="inlineStr">
+        <is>
+          <t>R Queops, 12 - Qd 22 - Sl 206</t>
+        </is>
+      </c>
+      <c r="F5" s="0" t="inlineStr">
+        <is>
+          <t>isabella_imbroisi@yahoo.com.br</t>
+        </is>
+      </c>
+      <c r="G5" s="0" t="inlineStr">
+        <is>
+          <t>Clínica Geral, odontopediatria e Ortodontia</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>ANNA KARINA MENDES TORRES</t>
+        </is>
+      </c>
+      <c r="B6" s="0" t="inlineStr">
+        <is>
+          <t>ANNA KARINA MENDES TORRES</t>
+        </is>
+      </c>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>(98)9141-1929</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>2026-10-10 09:50:52</t>
+        </is>
+      </c>
+      <c r="E6" s="0" t="inlineStr">
+        <is>
+          <t>AV COLARES MOREIRA,   </t>
+        </is>
+      </c>
+      <c r="F6" s="0" t="inlineStr">
+        <is>
+          <t>anna_karinat@yahoo.com.br</t>
+        </is>
+      </c>
+      <c r="G6" s="0" t="inlineStr">
+        <is>
+          <t>Prevenção, dentistica , clareamento, endodontia (canal)</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>DOCS RADIOLOGIA COHAMA LTDA ME</t>
+        </is>
+      </c>
+      <c r="B7" s="0" t="inlineStr">
+        <is>
+          <t>DOCS RADIOLOGIA</t>
+        </is>
+      </c>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>(98)3083-4488</t>
+        </is>
+      </c>
+      <c r="D7" s="0" t="inlineStr">
+        <is>
+          <t>2026-11-26 15:41:34</t>
+        </is>
+      </c>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t>AV. DANIEL DE LA TOUCHE</t>
+        </is>
+      </c>
+      <c r="F7" s="0" t="inlineStr">
+        <is>
+          <t>faturamento@docsradiologia.com</t>
+        </is>
+      </c>
+      <c r="G7" s="0" t="inlineStr">
+        <is>
+          <t>Radiologia; Diagnótico de Halitose</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>SOUZA E FARAH LTDA</t>
+        </is>
+      </c>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>SOUZA E FARAH</t>
+        </is>
+      </c>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>(98)3015-3000</t>
+        </is>
+      </c>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t>2026-05-30 10:38:58</t>
+        </is>
+      </c>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t>RUA CANADA - CALHAU </t>
+        </is>
+      </c>
+      <c r="F8" s="0" t="inlineStr">
+        <is>
+          <t>migueleliasfilho@gmail.com</t>
+        </is>
+      </c>
+      <c r="G8" s="0" t="inlineStr">
+        <is>
+          <t>ESPECIALIDADES - ORTODONTIA, PROTESE E IMPANTE!</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="0" t="inlineStr">
+        <is>
           <t>M &amp; R TEIXEIRA ODONTOLOGIA INTEGRADA LTDA</t>
         </is>
       </c>
-      <c r="B4" s="0" t="inlineStr">
+      <c r="B9" s="0" t="inlineStr">
         <is>
           <t>M &amp; R TEIXEIRA ODONTOLOGIA INTEGRADA LTDA</t>
         </is>
       </c>
-      <c r="C4" s="0" t="inlineStr">
+      <c r="C9" s="0" t="inlineStr">
         <is>
           <t>(98)3227-0469</t>
         </is>
       </c>
-      <c r="D4" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E4" s="0" t="inlineStr">
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-28 11:10:45</t>
+        </is>
+      </c>
+      <c r="E9" s="0" t="inlineStr">
         <is>
           <t>COLARES MOREIRA,  EDIFICIO BUSSINES CNTER</t>
         </is>
       </c>
-      <c r="F4" s="0" t="inlineStr">
+      <c r="F9" s="0" t="inlineStr">
         <is>
           <t>mrtodonto@gmail.com</t>
         </is>
       </c>
-      <c r="G4" s="0" t="inlineStr">
+      <c r="G9" s="0" t="inlineStr">
         <is>
           <t>Ortodontia, Diagnóstica, Prevenção e Dentística, Prótese, Implante, Cirurgia
 Endodontia, Periodontia, e Prevenção.</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
-      <c r="A5" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="0" t="inlineStr">
         <is>
           <t>C.M.J DE S ARAUJO ODONTOLOGIA</t>
         </is>
       </c>
-      <c r="B5" s="0" t="inlineStr">
+      <c r="B10" s="0" t="inlineStr">
         <is>
           <t>CRISTIANE ARAUJO</t>
         </is>
       </c>
-      <c r="C5" s="0" t="inlineStr">
+      <c r="C10" s="0" t="inlineStr">
         <is>
           <t>(98)8114-9336</t>
         </is>
       </c>
-      <c r="D5" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E5" s="0" t="inlineStr">
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-12 09:49:15</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
         <is>
           <t>AV GRANDE ORIENTE</t>
         </is>
       </c>
-      <c r="F5" s="0" t="inlineStr">
+      <c r="F10" s="0" t="inlineStr">
         <is>
           <t>dracristianearaujo@gmail.com</t>
         </is>
       </c>
-      <c r="G5" s="0"/>
-[...2 lines deleted...]
-      <c r="A6" s="0" t="inlineStr">
+      <c r="G10" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0" t="inlineStr">
         <is>
           <t>ORA ODONTOLOGIA LTDA</t>
         </is>
       </c>
-      <c r="B6" s="0" t="inlineStr">
+      <c r="B11" s="0" t="inlineStr">
         <is>
           <t>ORA ODONTOLOGIA LTDA</t>
         </is>
       </c>
-      <c r="C6" s="0" t="inlineStr">
+      <c r="C11" s="0" t="inlineStr">
         <is>
           <t>(98)8145-8281</t>
         </is>
       </c>
-      <c r="D6" s="0" t="inlineStr">
+      <c r="D11" s="0" t="inlineStr">
         <is>
           <t>2026-08-04 14:14:14</t>
         </is>
       </c>
-      <c r="E6" s="0" t="inlineStr">
+      <c r="E11" s="0" t="inlineStr">
         <is>
           <t>Av. Holandeses, Ed. Marcus Barbosa Intel,</t>
         </is>
       </c>
-      <c r="F6" s="0" t="inlineStr">
+      <c r="F11" s="0" t="inlineStr">
         <is>
           <t>contato@oraodonto.com.br</t>
         </is>
       </c>
-      <c r="G6" s="0" t="inlineStr">
+      <c r="G11" s="0" t="inlineStr">
         <is>
           <t>CLINICA GERAL, DENTISTICA, CIRURGIA, ORTODONTIA, ODONTOPEDIATRIA, PERIODONTIA, IMPLANTE E PERÍCIA.</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
-[...37 lines deleted...]
-      <c r="A8" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>G R BORGNETH ODONTOLOGIA</t>
+        </is>
+      </c>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>GUSTAVO BORGNETH</t>
+        </is>
+      </c>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>(98)9154-4664</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>2027-01-16 09:47:47</t>
+        </is>
+      </c>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t>AV COLARES MOREIRA</t>
+        </is>
+      </c>
+      <c r="F12" s="0" t="inlineStr">
+        <is>
+          <t>GUSTAVO.339@UOL.COM.BR</t>
+        </is>
+      </c>
+      <c r="G12" s="0" t="inlineStr">
+        <is>
+          <t>Implantodontia
+Prótese
+Periodontia
+Dentística
+Endodontia
+Cirurgia</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0" t="inlineStr">
         <is>
           <t>M DE FATIMA RABELO F DE SOUZA</t>
         </is>
       </c>
-      <c r="B8" s="0" t="inlineStr">
+      <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Maria de Fatima Rabelo - PERITA</t>
         </is>
       </c>
-      <c r="C8" s="0" t="inlineStr">
+      <c r="C13" s="0" t="inlineStr">
         <is>
           <t>(98)8339-6076</t>
         </is>
       </c>
-      <c r="D8" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E8" s="0" t="inlineStr">
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>2026-12-19 09:50:15</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
         <is>
           <t>Avenida Colares Moreira</t>
         </is>
       </c>
-      <c r="F8" s="0" t="inlineStr">
+      <c r="F13" s="0" t="inlineStr">
         <is>
           <t>fatimarabelo.odonto@hotmail.com</t>
         </is>
       </c>
-      <c r="G8" s="0" t="inlineStr">
+      <c r="G13" s="0" t="inlineStr">
         <is>
           <t>PERITA</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="0" t="inlineStr">
         <is>
           <t>M.M.S. ODONTO LTDA</t>
         </is>
       </c>
-      <c r="B9" s="0" t="inlineStr">
+      <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Facial Concept</t>
         </is>
       </c>
-      <c r="C9" s="0" t="inlineStr">
+      <c r="C14" s="0" t="inlineStr">
         <is>
           <t>(98)9166-2010</t>
         </is>
       </c>
-      <c r="D9" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="0" t="inlineStr">
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>2026-03-25 11:06:43</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
         <is>
           <t>Rua das Gaivotas, nº 23, sala 03</t>
         </is>
       </c>
-      <c r="F9" s="0" t="inlineStr">
+      <c r="F14" s="0" t="inlineStr">
         <is>
           <t>mmlodonto@hotmail.com</t>
         </is>
       </c>
-      <c r="G9" s="0" t="inlineStr">
+      <c r="G14" s="0" t="inlineStr">
         <is>
           <t>CLINICO GERAL,
 CIRURGIA,
 DENTISTICA,
 ENDODONTIA,
 IMPLANTODONTIA, 
 ODONTOPEDIATRIA,
 ORTODONTIA
 PACIENTES COM NECESSIDADES ESPECIAIS, 
 PERIODONTIA,
 PROTESE</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-[...159 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
+          <t>CLINICA ODONTOLOGICA TEIXEIRA LTDA</t>
+        </is>
+      </c>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>Valeria Maria Costa Teixeira Maluf</t>
+        </is>
+      </c>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>(98)8154-1605</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-07 09:38:10</t>
+        </is>
+      </c>
+      <c r="E15" s="0" t="inlineStr">
+        <is>
+          <t>Avenida Coronel Colares Moreira Q 32 SL 324</t>
+        </is>
+      </c>
+      <c r="F15" s="0" t="inlineStr">
+        <is>
+          <t>clinicateixeira23@gmail.com</t>
+        </is>
+      </c>
+      <c r="G15" s="0" t="inlineStr">
+        <is>
+          <t>ODONTOPEDIATRIA</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>BUCOBENSON SERVICOS ODONTOLOGICOS LTDA</t>
+        </is>
+      </c>
+      <c r="B16" s="0" t="inlineStr">
+        <is>
+          <t>BUCOBENSON SERVICOS ODONTOLOGICOS </t>
+        </is>
+      </c>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>(98)9211-9528</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>2026-04-01 14:02:19</t>
+        </is>
+      </c>
+      <c r="E16" s="0" t="inlineStr">
+        <is>
+          <t>AV dos Holandeses,Ed. Marcus Barbosa Intelligent</t>
+        </is>
+      </c>
+      <c r="F16" s="0" t="inlineStr">
+        <is>
+          <t>odontoobenson@hotmail.com</t>
+        </is>
+      </c>
+      <c r="G16" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>FREITAS SILVA SERVIÇOS ODONTOLÓGICOS LTDA</t>
+        </is>
+      </c>
+      <c r="B17" s="0" t="inlineStr">
+        <is>
+          <t>Bioface</t>
+        </is>
+      </c>
+      <c r="C17" s="0"/>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-09 10:26:25</t>
+        </is>
+      </c>
+      <c r="E17" s="0" t="inlineStr">
+        <is>
+          <t>Estrada Ribamar</t>
+        </is>
+      </c>
+      <c r="F17" s="0"/>
+      <c r="G17" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="inlineStr">
+        <is>
+          <t>M P ODONTOLOGIA EIRELI MATRIZ</t>
+        </is>
+      </c>
+      <c r="B18" s="0" t="inlineStr">
+        <is>
+          <t>ODONTOFACIL MATRIZ</t>
+        </is>
+      </c>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>(98)9113-3390</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>2026-07-01 11:02:55</t>
+        </is>
+      </c>
+      <c r="E18" s="0" t="inlineStr">
+        <is>
+          <t>Avenida Daniel De La Touche</t>
+        </is>
+      </c>
+      <c r="F18" s="0" t="inlineStr">
+        <is>
+          <t>odontofacilslz@gmail.com</t>
+        </is>
+      </c>
+      <c r="G18" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="inlineStr">
+        <is>
+          <t>BUCALLE ODONTOLOGIA E HARMONIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="B19" s="0" t="inlineStr">
+        <is>
+          <t>Clinica Bucalle</t>
+        </is>
+      </c>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>(98)8468-0927</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>2026-06-18 11:01:27</t>
+        </is>
+      </c>
+      <c r="E19" s="0" t="inlineStr">
+        <is>
+          <t>Avenida São Luís Rei de França</t>
+        </is>
+      </c>
+      <c r="F19" s="0" t="inlineStr">
+        <is>
+          <t>clinicabucalle@gmail.com</t>
+        </is>
+      </c>
+      <c r="G19" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
           <t>RM Odontologia Estética </t>
         </is>
       </c>
-      <c r="B15" s="0" t="inlineStr">
+      <c r="B20" s="0" t="inlineStr">
         <is>
           <t>RM ODONTOLOGIA ESTETICA</t>
         </is>
       </c>
-      <c r="C15" s="0" t="inlineStr">
+      <c r="C20" s="0" t="inlineStr">
         <is>
           <t>(98)9905-4227</t>
         </is>
       </c>
-      <c r="D15" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E15" s="0" t="inlineStr">
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t>2026-08-19 11:25:54</t>
+        </is>
+      </c>
+      <c r="E20" s="0" t="inlineStr">
         <is>
           <t>Avenida dos Holandeses</t>
         </is>
       </c>
-      <c r="F15" s="0" t="inlineStr">
+      <c r="F20" s="0" t="inlineStr">
         <is>
           <t>rm.odontologiaestetica323@gmail.com</t>
         </is>
       </c>
-      <c r="G15" s="0" t="inlineStr">
+      <c r="G20" s="0" t="inlineStr">
         <is>
           <t>¿ Procedimentos: CLINICA GERAL - PRÓTESE DENTÁRIA - DENTÍSTICA RESTAURADORA - LASERTERAPIA - PERIODONTIA - PATOLOGIA - IMPLANTODONTIA - ODONTOPEDIATRA
 </t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>